--- v0 (2025-12-30)
+++ v1 (2026-02-28)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re10bce7611df4c1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/02d816b320484865af7797570f5b1650.psmdcp" Id="R17ef74ef218147da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra93564a13f1f459f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ddf0a16675504aa6845f07873a1a4e6b.psmdcp" Id="Rb7c27fa52f0d4a19" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Transacciones" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Descripcion</x:t>
   </x:si>
   <x:si>
     <x:t>Fecha</x:t>
   </x:si>
   <x:si>
@@ -503,60 +503,60 @@
   <x:si>
     <x:t>28</x:t>
   </x:si>
   <x:si>
     <x:t>28/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>600.00</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Prueba </x:t>
   </x:si>
   <x:si>
     <x:t>1000.00</x:t>
   </x:si>
   <x:si>
     <x:t>32</x:t>
   </x:si>
   <x:si>
     <x:t>31</x:t>
   </x:si>
   <x:si>
     <x:t>Nota de Crédito</x:t>
   </x:si>
   <x:si>
+    <x:t>NC A - FAC A 19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NC B - FAC B 32</x:t>
+  </x:si>
+  <x:si>
     <x:t>NC B - FAC B 31</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>NC A - FAC A 19</x:t>
   </x:si>
   <x:si>
     <x:t>29/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>750.00</x:t>
   </x:si>
   <x:si>
     <x:t>NC A - FAC A 20</x:t>
   </x:si>
   <x:si>
     <x:t>31/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>34</x:t>
   </x:si>
   <x:si>
     <x:t>NC B - FAC B 34</x:t>
   </x:si>
   <x:si>
     <x:t>11/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>8805000.00</x:t>
   </x:si>
@@ -2460,51 +2460,51 @@
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8">
       <x:c r="A51" s="3" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B51" s="3" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C51" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="E51" s="3" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="F51" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G51" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H51" s="3" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8">
       <x:c r="A52" s="3" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B52" s="3" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C52" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="D52" s="3" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="E52" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F52" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G52" s="3" t="s">
@@ -2512,51 +2512,51 @@
       </x:c>
       <x:c r="H52" s="3" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8">
       <x:c r="A53" s="3" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B53" s="3" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C53" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="E53" s="3" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="F53" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G53" s="3" t="s">
-        <x:v>159</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H53" s="3" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8">
       <x:c r="A54" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C54" s="2" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">