--- v0 (2025-11-08)
+++ v1 (2025-12-30)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc083cf1abbda41cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/016ad60016294b3380795c3e03888de1.psmdcp" Id="Re02fdb58da364c50" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e34fb58954743da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a74735c908934f5b909d90394504bf82.psmdcp" Id="Rda4479080cf5432f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Transacciones" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Descripcion</x:t>
   </x:si>
   <x:si>
     <x:t>Fecha</x:t>
   </x:si>
   <x:si>
@@ -1635,50 +1635,176 @@
     <x:t>NC B - FAC B 31</x:t>
   </x:si>
   <x:si>
     <x:t>1</x:t>
   </x:si>
   <x:si>
     <x:t>NC B - FAC B 32</x:t>
   </x:si>
   <x:si>
     <x:t>NC A - FAC A 19</x:t>
   </x:si>
   <x:si>
     <x:t>29/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>750.00</x:t>
   </x:si>
   <x:si>
     <x:t>NC A - FAC A 20</x:t>
   </x:si>
   <x:si>
     <x:t>31/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>NC B - FAC B 34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8805000.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">MUNICIPALIDAD DE ANCASTI </x:t>
+  </x:si>
+  <x:si>
+    <x:t>2930000.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3975000.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1900000.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NC B - FAC B 35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">BGCONS SRL </x:t>
+  </x:si>
+  <x:si>
+    <x:t>14/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>340500.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adrian Gustavo Ruiz</x:t>
+  </x:si>
+  <x:si>
+    <x:t>315000.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Francisco Colla</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Del Parque S.A </x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">municipalidad de Capayan  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1765000.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>817000.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>351000.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>juan ramon  saquilan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>356400.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>juan cruz rodriguez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>lina mercedes soria</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1032000.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">NAVE SRL </x:t>
+  </x:si>
+  <x:si>
+    <x:t>16/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cesar Mendez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>145000.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>luis fabian maidana</x:t>
+  </x:si>
+  <x:si>
+    <x:t>775500.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Robledo Vanessa</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="164" formatCode="$ #.##0,00"/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="4">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
@@ -1757,52 +1883,52 @@
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="0" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="0" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:H240" totalsRowShown="0">
-  <x:autoFilter ref="A1:H240"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:H267" totalsRowShown="0">
+  <x:autoFilter ref="A1:H267"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="Descripcion"/>
     <x:tableColumn id="2" name="Fecha"/>
     <x:tableColumn id="3" name="Monto $"/>
     <x:tableColumn id="4" name="Tipo Comprobante"/>
     <x:tableColumn id="5" name="Nro Comprobante"/>
     <x:tableColumn id="6" name="Metodo pago/cobro"/>
     <x:tableColumn id="7" name="Cliente / Proveedor"/>
     <x:tableColumn id="8" name="Sucursal"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -2064,51 +2190,51 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H240"/>
+  <x:dimension ref="A1:H267"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F1" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G1" s="0" t="s">
@@ -8307,50 +8433,752 @@
       </x:c>
     </x:row>
     <x:row r="240" spans="1:8">
       <x:c r="A240" s="3" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="B240" s="3" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="C240" s="4" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="D240" s="3" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="E240" s="3" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="F240" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G240" s="3" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H240" s="3" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="241" spans="1:8">
+      <x:c r="A241" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B241" s="1" t="s">
+        <x:v>542</x:v>
+      </x:c>
+      <x:c r="C241" s="2" t="s">
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="D241" s="1" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="E241" s="1" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="F241" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="G241" s="1" t="s">
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="H241" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="242" spans="1:8">
+      <x:c r="A242" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B242" s="1" t="s">
+        <x:v>542</x:v>
+      </x:c>
+      <x:c r="C242" s="2" t="s">
+        <x:v>545</x:v>
+      </x:c>
+      <x:c r="D242" s="1" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="E242" s="1" t="s">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="F242" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="G242" s="1" t="s">
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="H242" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="243" spans="1:8">
+      <x:c r="A243" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B243" s="1" t="s">
+        <x:v>542</x:v>
+      </x:c>
+      <x:c r="C243" s="2" t="s">
+        <x:v>546</x:v>
+      </x:c>
+      <x:c r="D243" s="1" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="E243" s="1" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="F243" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="G243" s="1" t="s">
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="H243" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="244" spans="1:8">
+      <x:c r="A244" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B244" s="1" t="s">
+        <x:v>542</x:v>
+      </x:c>
+      <x:c r="C244" s="2" t="s">
+        <x:v>547</x:v>
+      </x:c>
+      <x:c r="D244" s="1" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="E244" s="1" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="F244" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="G244" s="1" t="s">
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="H244" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="245" spans="1:8">
+      <x:c r="A245" s="3" t="s">
+        <x:v>532</x:v>
+      </x:c>
+      <x:c r="B245" s="3" t="s">
+        <x:v>542</x:v>
+      </x:c>
+      <x:c r="C245" s="4" t="s">
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="D245" s="3" t="s">
+        <x:v>548</x:v>
+      </x:c>
+      <x:c r="E245" s="3" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="F245" s="3" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="G245" s="3" t="s">
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="H245" s="3" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="246" spans="1:8">
+      <x:c r="A246" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B246" s="1" t="s">
+        <x:v>549</x:v>
+      </x:c>
+      <x:c r="C246" s="2" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="D246" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E246" s="1" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="F246" s="1" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="G246" s="1" t="s">
+        <x:v>550</x:v>
+      </x:c>
+      <x:c r="H246" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="247" spans="1:8">
+      <x:c r="A247" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B247" s="1" t="s">
+        <x:v>551</x:v>
+      </x:c>
+      <x:c r="C247" s="2" t="s">
+        <x:v>552</x:v>
+      </x:c>
+      <x:c r="D247" s="1" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="E247" s="1" t="s">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="F247" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="G247" s="1" t="s">
+        <x:v>553</x:v>
+      </x:c>
+      <x:c r="H247" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="248" spans="1:8">
+      <x:c r="A248" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B248" s="1" t="s">
+        <x:v>551</x:v>
+      </x:c>
+      <x:c r="C248" s="2" t="s">
+        <x:v>554</x:v>
+      </x:c>
+      <x:c r="D248" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E248" s="1" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="F248" s="1" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="G248" s="1" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="H248" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="249" spans="1:8">
+      <x:c r="A249" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B249" s="1" t="s">
+        <x:v>555</x:v>
+      </x:c>
+      <x:c r="C249" s="2" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="D249" s="1" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="E249" s="1" t="s">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="F249" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G249" s="1" t="s">
+        <x:v>556</x:v>
+      </x:c>
+      <x:c r="H249" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="250" spans="1:8">
+      <x:c r="A250" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B250" s="1" t="s">
+        <x:v>557</x:v>
+      </x:c>
+      <x:c r="C250" s="2" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="D250" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E250" s="1" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="F250" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G250" s="1" t="s">
+        <x:v>558</x:v>
+      </x:c>
+      <x:c r="H250" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="251" spans="1:8">
+      <x:c r="A251" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B251" s="1" t="s">
+        <x:v>557</x:v>
+      </x:c>
+      <x:c r="C251" s="2" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="D251" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E251" s="1" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="F251" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G251" s="1" t="s">
+        <x:v>558</x:v>
+      </x:c>
+      <x:c r="H251" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="252" spans="1:8">
+      <x:c r="A252" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B252" s="1" t="s">
+        <x:v>559</x:v>
+      </x:c>
+      <x:c r="C252" s="2" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="D252" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E252" s="1" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="F252" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G252" s="1" t="s">
+        <x:v>558</x:v>
+      </x:c>
+      <x:c r="H252" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="253" spans="1:8">
+      <x:c r="A253" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B253" s="1" t="s">
+        <x:v>559</x:v>
+      </x:c>
+      <x:c r="C253" s="2" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="D253" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E253" s="1" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F253" s="1" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="G253" s="1" t="s">
+        <x:v>560</x:v>
+      </x:c>
+      <x:c r="H253" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="254" spans="1:8">
+      <x:c r="A254" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B254" s="1" t="s">
+        <x:v>561</x:v>
+      </x:c>
+      <x:c r="C254" s="2" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="D254" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E254" s="1" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F254" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G254" s="1" t="s">
+        <x:v>558</x:v>
+      </x:c>
+      <x:c r="H254" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="255" spans="1:8">
+      <x:c r="A255" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B255" s="1" t="s">
+        <x:v>562</x:v>
+      </x:c>
+      <x:c r="C255" s="2" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="D255" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E255" s="1" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="F255" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G255" s="1" t="s">
+        <x:v>558</x:v>
+      </x:c>
+      <x:c r="H255" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="256" spans="1:8">
+      <x:c r="A256" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B256" s="1" t="s">
+        <x:v>562</x:v>
+      </x:c>
+      <x:c r="C256" s="2" t="s">
+        <x:v>563</x:v>
+      </x:c>
+      <x:c r="D256" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E256" s="1" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="F256" s="1" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="G256" s="1" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="H256" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="257" spans="1:8">
+      <x:c r="A257" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B257" s="1" t="s">
+        <x:v>564</x:v>
+      </x:c>
+      <x:c r="C257" s="2" t="s">
+        <x:v>565</x:v>
+      </x:c>
+      <x:c r="D257" s="1" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="E257" s="1" t="s">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="F257" s="1" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="G257" s="1" t="s">
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="H257" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="258" spans="1:8">
+      <x:c r="A258" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B258" s="1" t="s">
+        <x:v>566</x:v>
+      </x:c>
+      <x:c r="C258" s="2" t="s">
+        <x:v>567</x:v>
+      </x:c>
+      <x:c r="D258" s="1" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="E258" s="1" t="s">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="F258" s="1" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="G258" s="1" t="s">
+        <x:v>568</x:v>
+      </x:c>
+      <x:c r="H258" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="259" spans="1:8">
+      <x:c r="A259" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B259" s="1" t="s">
+        <x:v>566</x:v>
+      </x:c>
+      <x:c r="C259" s="2" t="s">
+        <x:v>569</x:v>
+      </x:c>
+      <x:c r="D259" s="1" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="E259" s="1" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F259" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="G259" s="1" t="s">
+        <x:v>570</x:v>
+      </x:c>
+      <x:c r="H259" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="260" spans="1:8">
+      <x:c r="A260" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B260" s="1" t="s">
+        <x:v>566</x:v>
+      </x:c>
+      <x:c r="C260" s="2" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="D260" s="1" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="E260" s="1" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="F260" s="1" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="G260" s="1" t="s">
+        <x:v>571</x:v>
+      </x:c>
+      <x:c r="H260" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="261" spans="1:8">
+      <x:c r="A261" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B261" s="1" t="s">
+        <x:v>566</x:v>
+      </x:c>
+      <x:c r="C261" s="2" t="s">
+        <x:v>572</x:v>
+      </x:c>
+      <x:c r="D261" s="1" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="E261" s="1" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="F261" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="G261" s="1" t="s">
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="H261" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="262" spans="1:8">
+      <x:c r="A262" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B262" s="1" t="s">
+        <x:v>573</x:v>
+      </x:c>
+      <x:c r="C262" s="2" t="s">
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="D262" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E262" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="F262" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G262" s="1" t="s">
+        <x:v>508</x:v>
+      </x:c>
+      <x:c r="H262" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="263" spans="1:8">
+      <x:c r="A263" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B263" s="1" t="s">
+        <x:v>574</x:v>
+      </x:c>
+      <x:c r="C263" s="2" t="s">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="D263" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E263" s="1" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="F263" s="1" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="G263" s="1" t="s">
+        <x:v>575</x:v>
+      </x:c>
+      <x:c r="H263" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="264" spans="1:8">
+      <x:c r="A264" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B264" s="1" t="s">
+        <x:v>576</x:v>
+      </x:c>
+      <x:c r="C264" s="2" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="D264" s="1" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="E264" s="1" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="F264" s="1" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="G264" s="1" t="s">
+        <x:v>577</x:v>
+      </x:c>
+      <x:c r="H264" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="265" spans="1:8">
+      <x:c r="A265" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B265" s="1" t="s">
+        <x:v>578</x:v>
+      </x:c>
+      <x:c r="C265" s="2" t="s">
+        <x:v>579</x:v>
+      </x:c>
+      <x:c r="D265" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E265" s="1" t="s">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="F265" s="1" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="G265" s="1" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="H265" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="266" spans="1:8">
+      <x:c r="A266" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B266" s="1" t="s">
+        <x:v>580</x:v>
+      </x:c>
+      <x:c r="C266" s="2" t="s">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="D266" s="1" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="E266" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="F266" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="G266" s="1" t="s">
+        <x:v>581</x:v>
+      </x:c>
+      <x:c r="H266" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="267" spans="1:8">
+      <x:c r="A267" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B267" s="1" t="s">
+        <x:v>580</x:v>
+      </x:c>
+      <x:c r="C267" s="2" t="s">
+        <x:v>582</x:v>
+      </x:c>
+      <x:c r="D267" s="1" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="E267" s="1" t="s">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="F267" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="G267" s="1" t="s">
+        <x:v>583</x:v>
+      </x:c>
+      <x:c r="H267" s="1" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Transacciones</vt:lpstr>
       <vt:lpstr>Transacciones!Print_Area</vt:lpstr>
       <vt:lpstr>Transacciones!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>