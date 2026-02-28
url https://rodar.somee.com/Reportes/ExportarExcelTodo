--- v1 (2025-12-30)
+++ v2 (2026-02-28)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e34fb58954743da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a74735c908934f5b909d90394504bf82.psmdcp" Id="Rda4479080cf5432f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77ce6c6449d44cff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7abdb26690df4cf28a9ca0db1c4658fe.psmdcp" Id="R62b35a5b944045c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Transacciones" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Descripcion</x:t>
   </x:si>
   <x:si>
     <x:t>Fecha</x:t>
   </x:si>
   <x:si>
@@ -1761,50 +1761,131 @@
     <x:t xml:space="preserve">NAVE SRL </x:t>
   </x:si>
   <x:si>
     <x:t>16/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Cesar Mendez</x:t>
   </x:si>
   <x:si>
     <x:t>19/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>145000.00</x:t>
   </x:si>
   <x:si>
     <x:t>27/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>luis fabian maidana</x:t>
   </x:si>
   <x:si>
     <x:t>775500.00</x:t>
   </x:si>
   <x:si>
     <x:t>Robledo Vanessa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2650000.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2170000.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> willian  chanquia branko</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gustavo Ferreyra</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>120000.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gustavo DAvid Palacio</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>189700.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>María Cristina Villegas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>670000.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Leila Margarita Cura</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>415000.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alberto Vizgarra</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1145000.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1779760.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25/02/2026</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="164" formatCode="$ #.##0,00"/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="4">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
@@ -1883,52 +1964,52 @@
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="0" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="0" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:H267" totalsRowShown="0">
-  <x:autoFilter ref="A1:H267"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:H282" totalsRowShown="0">
+  <x:autoFilter ref="A1:H282"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="Descripcion"/>
     <x:tableColumn id="2" name="Fecha"/>
     <x:tableColumn id="3" name="Monto $"/>
     <x:tableColumn id="4" name="Tipo Comprobante"/>
     <x:tableColumn id="5" name="Nro Comprobante"/>
     <x:tableColumn id="6" name="Metodo pago/cobro"/>
     <x:tableColumn id="7" name="Cliente / Proveedor"/>
     <x:tableColumn id="8" name="Sucursal"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -2190,51 +2271,51 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H267"/>
+  <x:dimension ref="A1:H282"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F1" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G1" s="0" t="s">
@@ -9135,50 +9216,440 @@
       </x:c>
     </x:row>
     <x:row r="267" spans="1:8">
       <x:c r="A267" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B267" s="1" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="C267" s="2" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="D267" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="E267" s="1" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="F267" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G267" s="1" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="H267" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="268" spans="1:8">
+      <x:c r="A268" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B268" s="1" t="s">
+        <x:v>584</x:v>
+      </x:c>
+      <x:c r="C268" s="2" t="s">
+        <x:v>585</x:v>
+      </x:c>
+      <x:c r="D268" s="1" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="E268" s="1" t="s">
+        <x:v>586</x:v>
+      </x:c>
+      <x:c r="F268" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="G268" s="1" t="s">
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="H268" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="269" spans="1:8">
+      <x:c r="A269" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B269" s="1" t="s">
+        <x:v>584</x:v>
+      </x:c>
+      <x:c r="C269" s="2" t="s">
+        <x:v>587</x:v>
+      </x:c>
+      <x:c r="D269" s="1" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="E269" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="F269" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="G269" s="1" t="s">
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="H269" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="270" spans="1:8">
+      <x:c r="A270" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B270" s="1" t="s">
+        <x:v>588</x:v>
+      </x:c>
+      <x:c r="C270" s="2" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="D270" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E270" s="1" t="s">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="F270" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G270" s="1" t="s">
+        <x:v>589</x:v>
+      </x:c>
+      <x:c r="H270" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="271" spans="1:8">
+      <x:c r="A271" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B271" s="1" t="s">
+        <x:v>590</x:v>
+      </x:c>
+      <x:c r="C271" s="2" t="s">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="D271" s="1" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="E271" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="F271" s="1" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="G271" s="1" t="s">
+        <x:v>591</x:v>
+      </x:c>
+      <x:c r="H271" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="272" spans="1:8">
+      <x:c r="A272" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B272" s="1" t="s">
+        <x:v>592</x:v>
+      </x:c>
+      <x:c r="C272" s="2" t="s">
+        <x:v>593</x:v>
+      </x:c>
+      <x:c r="D272" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E272" s="1" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="F272" s="1" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="G272" s="1" t="s">
+        <x:v>521</x:v>
+      </x:c>
+      <x:c r="H272" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="273" spans="1:8">
+      <x:c r="A273" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B273" s="1" t="s">
+        <x:v>594</x:v>
+      </x:c>
+      <x:c r="C273" s="2" t="s">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="D273" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E273" s="1" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="F273" s="1" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="G273" s="1" t="s">
+        <x:v>595</x:v>
+      </x:c>
+      <x:c r="H273" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="274" spans="1:8">
+      <x:c r="A274" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B274" s="1" t="s">
+        <x:v>594</x:v>
+      </x:c>
+      <x:c r="C274" s="2" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="D274" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E274" s="1" t="s">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="F274" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G274" s="1" t="s">
+        <x:v>508</x:v>
+      </x:c>
+      <x:c r="H274" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="275" spans="1:8">
+      <x:c r="A275" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B275" s="1" t="s">
+        <x:v>596</x:v>
+      </x:c>
+      <x:c r="C275" s="2" t="s">
+        <x:v>597</x:v>
+      </x:c>
+      <x:c r="D275" s="1" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="E275" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="F275" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="G275" s="1" t="s">
+        <x:v>598</x:v>
+      </x:c>
+      <x:c r="H275" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="276" spans="1:8">
+      <x:c r="A276" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B276" s="1" t="s">
+        <x:v>599</x:v>
+      </x:c>
+      <x:c r="C276" s="2" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="D276" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E276" s="1" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="F276" s="1" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="G276" s="1" t="s">
+        <x:v>508</x:v>
+      </x:c>
+      <x:c r="H276" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="277" spans="1:8">
+      <x:c r="A277" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B277" s="1" t="s">
+        <x:v>600</x:v>
+      </x:c>
+      <x:c r="C277" s="2" t="s">
+        <x:v>601</x:v>
+      </x:c>
+      <x:c r="D277" s="1" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="E277" s="1" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="F277" s="1" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="G277" s="1" t="s">
+        <x:v>602</x:v>
+      </x:c>
+      <x:c r="H277" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="278" spans="1:8">
+      <x:c r="A278" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B278" s="1" t="s">
+        <x:v>603</x:v>
+      </x:c>
+      <x:c r="C278" s="2" t="s">
+        <x:v>604</x:v>
+      </x:c>
+      <x:c r="D278" s="1" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="E278" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="F278" s="1" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="G278" s="1" t="s">
+        <x:v>605</x:v>
+      </x:c>
+      <x:c r="H278" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="279" spans="1:8">
+      <x:c r="A279" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B279" s="1" t="s">
+        <x:v>606</x:v>
+      </x:c>
+      <x:c r="C279" s="2" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="D279" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E279" s="1" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="F279" s="1" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="G279" s="1" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="H279" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="280" spans="1:8">
+      <x:c r="A280" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B280" s="1" t="s">
+        <x:v>607</x:v>
+      </x:c>
+      <x:c r="C280" s="2" t="s">
+        <x:v>608</x:v>
+      </x:c>
+      <x:c r="D280" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E280" s="1" t="s">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="F280" s="1" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="G280" s="1" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="H280" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="281" spans="1:8">
+      <x:c r="A281" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B281" s="1" t="s">
+        <x:v>607</x:v>
+      </x:c>
+      <x:c r="C281" s="2" t="s">
+        <x:v>609</x:v>
+      </x:c>
+      <x:c r="D281" s="1" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="E281" s="1" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="F281" s="1" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="G281" s="1" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="H281" s="1" t="s">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="282" spans="1:8">
+      <x:c r="A282" s="1" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B282" s="1" t="s">
+        <x:v>610</x:v>
+      </x:c>
+      <x:c r="C282" s="2" t="s">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="D282" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E282" s="1" t="s">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="F282" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G282" s="1" t="s">
+        <x:v>508</x:v>
+      </x:c>
+      <x:c r="H282" s="1" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>Transacciones</vt:lpstr>
       <vt:lpstr>Transacciones!Print_Area</vt:lpstr>
       <vt:lpstr>Transacciones!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>